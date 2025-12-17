--- v0 (2025-11-01)
+++ v1 (2025-12-17)
@@ -51,51 +51,51 @@
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Poder Legislativo nº 6 de 2025</t>
   </si>
   <si>
     <t>Edilson de Oliveira Santos,Vanderson Junior Echer</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Vitorino o “abril Azul” como o mês de conscientização sobre o autismo e dá outras providências.</t>
   </si>
   <si>
     <t>Incluído na Ordem do Dia - 1º Votação</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 2 de 2025</t>
   </si>
   <si>
     <t>Marciano Vottri - Prefeito</t>
   </si>
   <si>
-    <t>Altera dispositivos da Lei complementar nº 20/2018, de 11 de dezembro de 2018, visando a atualização do rol de serviços previstos no artigo.609 da referida Lei, incluindo o Inciso X para contemplar a utilização de escavadeira hidráulica em atividades de infraestrutura e obras públicas.</t>
+    <t>Altera dispositivos da Lei complementar nº 20/2018, de 11 de dezembro de 2018, visando a atualização do rol de serviços previstos no artigo. 609 da referida Lei, incluindo o Inciso X para contemplar a utilização de escavadeira hidráulica em atividades de infraestrutura e obras públicas.</t>
   </si>
   <si>
     <t>Incluído na Ordem do Dia - 2º Votação</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Poder Executivo nº 23 de 2025</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal do Conselho Municipal dos Direitos da Pessoa com Deficiência FCDP, criado pela Lei 1.457, de 17 de junho de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição apresentada em Plenário</t>
   </si>
   <si>
     <t>Indicação nº 31 de 2025</t>
   </si>
   <si>
     <t>Juliano Fragata</t>
   </si>
   <si>
     <t>Indicar ao Chefe do Executivo a colocação de poste de iluminação pública.</t>
   </si>
@@ -424,51 +424,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="51.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="45.140625" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="251" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="251.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="35.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">