--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -105,51 +105,51 @@
   <si>
     <t>Proposição apresentada em Plenário</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Poder Executivo nº 54 de 2025</t>
   </si>
   <si>
     <t>Altera a Lei nº Lei 959, de 19 de dezembro de 2007, na forma em que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Poder Executivo nº 55 de 2025</t>
   </si>
   <si>
     <t>Altera a nomenclatura da Secretaria Municipal de Desenvolvimento Social de Vitorino, e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Poder Executivo nº 56 de 2025</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir credito adicional suplementar no valor de R$ 1.950.000,00 (Um milhão, novecentos e cinquenta mil reais) no orçamento do município e da outras providências.</t>
   </si>
   <si>
     <t>Indicação nº 64 de 2025</t>
   </si>
   <si>
-    <t>Indicar ao Chefe do Poder Executivo Municipal, a instalação de um bebedouro público na Praça Esportiva Arnoldo Antunes Barbosa, identificado como “Chimarródromo”, destinado à hidratação de moradores, visitantes e animais de estimação.</t>
+    <t>Indica ao Chefe do Poder Executivo Municipal, a instalação de um bebedouro público na Praça Esportiva Arnoldo Antunes Barbosa, identificado como “Chimarródromo”, destinado à hidratação de moradores, visitantes e animais de estimação.</t>
   </si>
   <si>
     <t>Leitura em Plenário</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Poder Executivo nº 57 de 2025</t>
   </si>
   <si>
     <t>Institui o Programa de incentivo às entidades Locais no âmbito do Município de Vitorino/PR, nos termos da Lei Federal nº 13.019, de 31 de julho de 2014, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
@@ -460,51 +460,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="52.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="23.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="215.85546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="215.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="35.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">